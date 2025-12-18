--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -12,56 +12,899 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>2026 Lietuvos orientavimosi renginiai</t>
   </si>
   <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>2026-01-11</t>
+  </si>
+  <si>
+    <t>Lietuvos OSS čempionatas</t>
+  </si>
+  <si>
+    <t>OSS</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>Gajos sprintų taurė</t>
+  </si>
+  <si>
+    <t>Bėgte</t>
+  </si>
+  <si>
+    <t>sprintas</t>
+  </si>
+  <si>
+    <t>Kaunas</t>
+  </si>
+  <si>
+    <t>Kauno sporto mokykla Gaja</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>Klaipėdos sprintų taurė</t>
+  </si>
+  <si>
+    <t>V/M 12 - V/M 60</t>
+  </si>
+  <si>
+    <t>Klaipėda</t>
+  </si>
+  <si>
+    <t>O! Klaipėda OSK</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>2026-02-21</t>
+  </si>
+  <si>
+    <t>2026-02-22</t>
+  </si>
+  <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>2026-03-07</t>
+  </si>
+  <si>
+    <t>S-Sporto sprintų taurė</t>
+  </si>
+  <si>
+    <t>V/M 12 - V/M70</t>
+  </si>
+  <si>
+    <t>Vilnius</t>
+  </si>
+  <si>
+    <t>S-sportas SK</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>2026-03-21</t>
+  </si>
+  <si>
+    <t>2026-03-22</t>
+  </si>
+  <si>
+    <t>Sezono atidarymo taurė 2026</t>
+  </si>
+  <si>
+    <t>vidutinė / vidutinė</t>
+  </si>
+  <si>
+    <t>V/M 12 - 80</t>
+  </si>
+  <si>
+    <t>Kopa OSK</t>
+  </si>
+  <si>
+    <t>2026-03-27</t>
+  </si>
+  <si>
+    <t>2026-03-29</t>
+  </si>
+  <si>
+    <t>Falco taurė</t>
+  </si>
+  <si>
+    <t>PreO1, PreO Sprintas, TempO, PreO2</t>
+  </si>
+  <si>
+    <t>Druskininkai</t>
+  </si>
+  <si>
+    <t>Falco OSK</t>
+  </si>
+  <si>
+    <t>2026-03-28</t>
+  </si>
+  <si>
+    <t>Lietuvos OS bėgte čemp. naktinėje trasoje</t>
+  </si>
+  <si>
+    <t>naktinė</t>
+  </si>
+  <si>
+    <t>Dengtiltis, Šiauliai</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-naktineje-trasoje/</t>
+  </si>
+  <si>
+    <t>Pavasario estafetės</t>
+  </si>
+  <si>
+    <t>estafetės</t>
+  </si>
+  <si>
+    <t>2026-04-11</t>
+  </si>
+  <si>
+    <t>2026-04-12</t>
+  </si>
+  <si>
+    <t>Pavasario taurė / Lietuvos OS takais čempionatas</t>
+  </si>
+  <si>
+    <t>Takais</t>
+  </si>
+  <si>
+    <t>vidutinė, ilga / PreO ir TempO</t>
+  </si>
+  <si>
+    <t>Trako-Milkyčių, Lazdijų raj,</t>
+  </si>
+  <si>
+    <t>Medeina OK</t>
+  </si>
+  <si>
+    <t>https://www.springcup.lt/</t>
+  </si>
+  <si>
+    <t>2026-04-18</t>
+  </si>
+  <si>
+    <t>Lietuvos OS bėgte čempionatas</t>
+  </si>
+  <si>
+    <t>bendras startas</t>
+  </si>
+  <si>
+    <t>2026-04-19</t>
+  </si>
+  <si>
+    <t>Forestadiums taurė</t>
+  </si>
+  <si>
+    <t>vidutinė</t>
+  </si>
+  <si>
+    <t>V/M 10-80</t>
+  </si>
+  <si>
+    <t>Forest Stadiums</t>
+  </si>
+  <si>
+    <t>MTBO Horizontas</t>
+  </si>
+  <si>
+    <t>OSKD</t>
+  </si>
+  <si>
+    <t>V/M 10 - 75</t>
+  </si>
+  <si>
+    <t>Klaipėdos raj.</t>
+  </si>
+  <si>
+    <t>Horizontas SK</t>
+  </si>
+  <si>
+    <t>2026-04-25</t>
+  </si>
+  <si>
+    <t>2026-04-26</t>
+  </si>
+  <si>
+    <t>Lietuvos OSKD čemp. sprintas ir vidutinė</t>
+  </si>
+  <si>
+    <t>sprintas / vidutinė</t>
+  </si>
+  <si>
+    <t>Telšiai</t>
+  </si>
+  <si>
+    <t>Telšiai OSK</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas/</t>
+  </si>
+  <si>
+    <t>2026-05-02</t>
+  </si>
+  <si>
+    <t>2026-05-03</t>
+  </si>
+  <si>
+    <t>Šilo taurė</t>
+  </si>
+  <si>
+    <t>ilga / vidutinė</t>
+  </si>
+  <si>
+    <t>V/M 12 - 90</t>
+  </si>
+  <si>
+    <t>Prienų raj.</t>
+  </si>
+  <si>
+    <t>Šilas OSK</t>
+  </si>
+  <si>
+    <t>2026-05-08</t>
+  </si>
+  <si>
+    <t>2026-05-10</t>
+  </si>
+  <si>
+    <t>Vilnius 2026</t>
+  </si>
+  <si>
+    <t>sprintas / vidutinė / persekiojimas</t>
+  </si>
+  <si>
+    <t>V/M 8 - 90</t>
+  </si>
+  <si>
+    <t>Perkūnas OSK</t>
+  </si>
+  <si>
+    <t>https://www.perkunas.lt/</t>
+  </si>
+  <si>
+    <t>2026-05-16</t>
+  </si>
+  <si>
+    <t>2026-05-23</t>
+  </si>
+  <si>
+    <t>Pasaulinė orientavimosi sporto savaitė</t>
+  </si>
+  <si>
+    <t>excel.disciplines.Bėgte, OSKD, OSS, Takais, Rogaining</t>
+  </si>
+  <si>
+    <t>Visos</t>
+  </si>
+  <si>
+    <t>Lietuva</t>
+  </si>
+  <si>
+    <t>LOSF</t>
+  </si>
+  <si>
+    <t>2026-05-17</t>
+  </si>
+  <si>
+    <t>J.Vileišio taurė</t>
+  </si>
+  <si>
+    <t>Bombardynė</t>
+  </si>
+  <si>
+    <t>Oriens OSK</t>
+  </si>
+  <si>
+    <t>2026-05-21</t>
+  </si>
+  <si>
+    <t>Lietuvos mokyklų žaidynės</t>
+  </si>
+  <si>
+    <t>Moksleiviai</t>
+  </si>
+  <si>
+    <t>Panevėžys</t>
+  </si>
+  <si>
+    <t>Feniks OSK, LINEŠA</t>
+  </si>
+  <si>
+    <t>OS festivalis</t>
+  </si>
+  <si>
+    <t>2026-05-24</t>
+  </si>
+  <si>
+    <t>Saulės estafetės</t>
+  </si>
+  <si>
+    <t>VM -14-70</t>
+  </si>
+  <si>
+    <t>Vilniaus raj.</t>
+  </si>
+  <si>
+    <t>Saulė OSK</t>
+  </si>
+  <si>
+    <t>2026-05-30</t>
+  </si>
+  <si>
+    <t>2026-05-31</t>
+  </si>
+  <si>
+    <t>Palangos čempionatas</t>
+  </si>
+  <si>
+    <t>vidutinė / sprintas</t>
+  </si>
+  <si>
+    <t>V/M 10 - 80</t>
+  </si>
+  <si>
+    <t>Palanga</t>
+  </si>
+  <si>
+    <t>2026-06-06</t>
+  </si>
+  <si>
+    <t>2026-06-07</t>
+  </si>
+  <si>
+    <t>Lietuvos OS bėgte čemp. sprintas, eliminavimo sprintas, sprinto estafetės</t>
+  </si>
+  <si>
+    <t>sprintas, eliminavimo sprintas, sprinto estafetės</t>
+  </si>
+  <si>
+    <t>Kėdainiai / Krekenava</t>
+  </si>
+  <si>
+    <t>Arboro OSK</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-sprinto-eliminavimo-sprinto-sprinto-estafeciu-trasose/</t>
+  </si>
+  <si>
+    <t>2026-06-12</t>
+  </si>
+  <si>
+    <t>2026-06-14</t>
+  </si>
+  <si>
+    <t>Nida 2026 - 3 days</t>
+  </si>
+  <si>
+    <t>sprintas, prailginta vidutinė, ir vidutinė.</t>
+  </si>
+  <si>
+    <t>V/M 8 - 80</t>
+  </si>
+  <si>
+    <t>Kuršių Nerija</t>
+  </si>
+  <si>
+    <t>https://dbsportas.lt/lt/varz/2026011</t>
+  </si>
+  <si>
+    <t>2026-06-19</t>
+  </si>
+  <si>
+    <t>2026-06-21</t>
+  </si>
+  <si>
+    <t>Takas 2026</t>
+  </si>
+  <si>
+    <t>Vidutinė, Ilga, sprintas</t>
+  </si>
+  <si>
+    <t>Takas OSK</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>2026-06-28</t>
+  </si>
+  <si>
+    <t>Lietuvos OSKD čemp. bendras startas / Baltijos šalių OSKD čempionatas</t>
+  </si>
+  <si>
+    <t>sprintas / bendras startas / vidutinė</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas-2/</t>
+  </si>
+  <si>
+    <t>2026-07-25</t>
+  </si>
+  <si>
+    <t>2026-07-26</t>
+  </si>
+  <si>
+    <t>Jūros šventė 2026</t>
+  </si>
+  <si>
+    <t>Bėgte, OSKD</t>
+  </si>
+  <si>
+    <t>V/M 8 - V/M 80</t>
+  </si>
+  <si>
+    <t>Jaunystė OSK</t>
+  </si>
+  <si>
+    <t>2026-08-14</t>
+  </si>
+  <si>
+    <t>2026-08-16</t>
+  </si>
+  <si>
+    <t>Telse 2026</t>
+  </si>
+  <si>
+    <t>sprintas / vidutinė / vidutinė</t>
+  </si>
+  <si>
+    <t>Telšių raj.</t>
+  </si>
+  <si>
+    <t>2026-08-17</t>
+  </si>
+  <si>
+    <t>2026-08-19</t>
+  </si>
+  <si>
+    <t>LOSF vasaros stovykla</t>
+  </si>
+  <si>
+    <t>2026-08-23</t>
+  </si>
+  <si>
+    <t>Klajūno taurė</t>
+  </si>
+  <si>
+    <t>Molėtų raj.</t>
+  </si>
+  <si>
+    <t>Klajūnas OSK</t>
+  </si>
+  <si>
+    <t>2026-08-29</t>
+  </si>
+  <si>
+    <t>2026-08-30</t>
+  </si>
+  <si>
+    <t>EOC selection race</t>
+  </si>
+  <si>
+    <t>vidutinė / ilga</t>
+  </si>
+  <si>
+    <t>2026-09-05</t>
+  </si>
+  <si>
+    <t>2026-09-06</t>
+  </si>
+  <si>
+    <t>Lietuvos OS bėgte čemp. vidutinė ir Lietuvos klubų taurė</t>
+  </si>
+  <si>
+    <t>vidutinė ir estafetės</t>
+  </si>
+  <si>
+    <t>Rokiškio raj.</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-vidutineje-trasoje/</t>
+  </si>
+  <si>
+    <t>2026-09-12</t>
+  </si>
+  <si>
+    <t>2026-09-13</t>
+  </si>
+  <si>
+    <t>Vilniaus taurė</t>
+  </si>
+  <si>
+    <t>vidutinė / prailginta vidutinė</t>
+  </si>
+  <si>
+    <t>Apuokas OSK</t>
+  </si>
+  <si>
+    <t>2026-09-19</t>
+  </si>
+  <si>
+    <t>2026-09-20</t>
+  </si>
+  <si>
+    <t>Lietuvos OSKD čemp. ilga ir estafetė</t>
+  </si>
+  <si>
+    <t>estafetės / ilga</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas-ilgoje-ir-estafeciu-trasose/</t>
+  </si>
+  <si>
+    <t>2026-09-25</t>
+  </si>
+  <si>
+    <t>2026-09-27</t>
+  </si>
+  <si>
+    <t>EOC tour</t>
+  </si>
+  <si>
+    <t>vidutinė / prailginta vidutinė / vidutinė</t>
+  </si>
+  <si>
+    <t>Dainava OSK</t>
+  </si>
+  <si>
+    <t>https://eoc2026.lt/eoc-tour/competition/</t>
+  </si>
+  <si>
+    <t>2026-10-03</t>
+  </si>
+  <si>
+    <t>2026-10-04</t>
+  </si>
+  <si>
+    <t>Lietuvos OS bėgte čemp. estafečių ir ilgoje trasose</t>
+  </si>
+  <si>
+    <t>Skališkių miškas, Vilniaus raj.</t>
+  </si>
+  <si>
+    <t>Ąžuolas OSK</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-estafeciu-ir-ilgoje-trasose/</t>
+  </si>
+  <si>
+    <t>2026-10-10</t>
+  </si>
+  <si>
+    <t>Klaipėdos orientavimosi čempionatas</t>
+  </si>
+  <si>
+    <t>Rudaminos taurė</t>
+  </si>
+  <si>
+    <t>Šveicarijos miškas</t>
+  </si>
+  <si>
+    <t>Rudamina OSK</t>
+  </si>
+  <si>
+    <t>2026-10-11</t>
+  </si>
+  <si>
+    <t>Panevėžio čempionatas</t>
+  </si>
+  <si>
+    <t>Šimonių giria</t>
+  </si>
+  <si>
+    <t>Feniks OSK</t>
+  </si>
+  <si>
+    <t>2026-10-17</t>
+  </si>
+  <si>
+    <t>2026-10-18</t>
+  </si>
+  <si>
+    <t>Lietuvos Taurė</t>
+  </si>
+  <si>
+    <t>excel.disciplines.Bėgte,  OSKD</t>
+  </si>
+  <si>
+    <t>vidutinė/vidutinė</t>
+  </si>
+  <si>
+    <t>Noškūnai</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-taure/</t>
+  </si>
+  <si>
+    <t>2026-10-24</t>
+  </si>
+  <si>
+    <t>Atrask Krekenavą Rogaining</t>
+  </si>
+  <si>
+    <t>Rogaining</t>
+  </si>
+  <si>
+    <t>rogaining</t>
+  </si>
+  <si>
+    <t>Lekėčiai</t>
+  </si>
+  <si>
+    <t>2026-11-07</t>
+  </si>
+  <si>
+    <t>Vilnius Rogaining</t>
+  </si>
+  <si>
+    <t>http://rogaining.lt</t>
+  </si>
+  <si>
+    <t>2026-11-14</t>
+  </si>
+  <si>
+    <t>2026-11-21</t>
+  </si>
+  <si>
+    <t>Vilniaus m. čempionatas</t>
+  </si>
+  <si>
+    <t>Sostinės sporto centras</t>
+  </si>
+  <si>
+    <t>2026-12-12</t>
+  </si>
+  <si>
     <t>2026 Tarptautiniai orientavimosi renginiai</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>Pasaulio OSS taurė / Pasaulio U23 OSS čempionatas</t>
+  </si>
+  <si>
+    <t>Bulgarija</t>
+  </si>
+  <si>
+    <t>IOF</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>2026-02-08</t>
+  </si>
+  <si>
+    <t>Pasaulio jaunimo OSS čempionatas</t>
+  </si>
+  <si>
+    <t>Švedija</t>
+  </si>
+  <si>
+    <t>Europos jaunių OSS čempionatas</t>
+  </si>
+  <si>
+    <t>2026-03-01</t>
+  </si>
+  <si>
+    <t>2026-03-06</t>
+  </si>
+  <si>
+    <t>Pasaulio OSS čempionatas</t>
+  </si>
+  <si>
+    <t>Japonija</t>
+  </si>
+  <si>
+    <t>2026-04-24</t>
+  </si>
+  <si>
+    <t>Pasaulio OS bėgte taurė</t>
+  </si>
+  <si>
+    <t>Šveicarija</t>
+  </si>
+  <si>
+    <t>2026-05-01</t>
+  </si>
+  <si>
+    <t>Pasaulio OSKD taurė</t>
+  </si>
+  <si>
+    <t>Vengrija</t>
+  </si>
+  <si>
+    <t>2026-05-15</t>
+  </si>
+  <si>
+    <t>Baltijos čempionatas</t>
+  </si>
+  <si>
+    <t>Estija</t>
+  </si>
+  <si>
+    <t>EOF</t>
+  </si>
+  <si>
+    <t>2026-05-22</t>
+  </si>
+  <si>
+    <t>2026-05-28</t>
+  </si>
+  <si>
+    <t>Europos OSKD čempionatas / Pasaulio OSKD taurė</t>
+  </si>
+  <si>
+    <t>Portugalija</t>
+  </si>
+  <si>
+    <t>Europos jaunimo OSKD čempionatas</t>
+  </si>
+  <si>
+    <t>Europos jaunių OSKD čempionatas</t>
+  </si>
+  <si>
+    <t>2026-05-27</t>
+  </si>
+  <si>
+    <t>2026-06-25</t>
+  </si>
+  <si>
+    <t>2026-06-27</t>
+  </si>
+  <si>
+    <t>Europos jaunių, jaunučių čempionatas</t>
+  </si>
+  <si>
+    <t>Slovėnija</t>
+  </si>
+  <si>
+    <t>2026-07-04</t>
+  </si>
+  <si>
+    <t>Pasaulio jaunimo OS bėgte čempionatas</t>
+  </si>
+  <si>
+    <t>2026-07-06</t>
+  </si>
+  <si>
+    <t>2026-07-11</t>
+  </si>
+  <si>
+    <t>Pasaulio OS bėgte čempionatas</t>
+  </si>
+  <si>
+    <t>Italija</t>
+  </si>
+  <si>
+    <t>2026-07-27</t>
+  </si>
+  <si>
+    <t>2026-08-01</t>
+  </si>
+  <si>
+    <t>Pasaulio studentų OS bėgte čempionatas</t>
+  </si>
+  <si>
+    <t>FISU, IOF</t>
+  </si>
+  <si>
+    <t>2026-07-29</t>
+  </si>
+  <si>
+    <t>2026-08-04</t>
+  </si>
+  <si>
+    <t>Europos OS takais čempionatas</t>
+  </si>
+  <si>
+    <t>Lenkija</t>
+  </si>
+  <si>
+    <t>2026-08-05</t>
+  </si>
+  <si>
+    <t>2026-05-09</t>
+  </si>
+  <si>
+    <t>Čekija</t>
+  </si>
+  <si>
+    <t>2026-08-08</t>
+  </si>
+  <si>
+    <t>Pasaulio OS bėgte vetaranų čempionatas</t>
+  </si>
+  <si>
+    <t>2026-08-25</t>
+  </si>
+  <si>
+    <t>Pasaulio OSKD čempionatas</t>
+  </si>
+  <si>
+    <t>Pasaulio jaunimo OSKD čempionatas</t>
+  </si>
+  <si>
+    <t>2026-09-09</t>
+  </si>
+  <si>
+    <t>Pasaulio OSKD veteranų čempionatas</t>
+  </si>
+  <si>
+    <t>Didžioji Britanija</t>
+  </si>
+  <si>
+    <t>2026-09-22</t>
+  </si>
+  <si>
+    <t>Europos OS bėgte čempionatas / Pasaulio OS bėgte taurė</t>
   </si>
   <si>
     <t>2026 Kiti orientavimosi renginiai</t>
   </si>
   <si>
     <t>2026 Atviros treniruotės</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -381,95 +1224,1650 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I8"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A8" sqref="A8"/>
+      <selection activeCell="A79" sqref="A79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="75" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" customWidth="true" style="0"/>
     <col min="9" max="9" width="85" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="3" spans="1:9">
+      <c r="A3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+    </row>
     <row r="4" spans="1:9">
-      <c r="A4" s="1" t="s">
-        <v>1</v>
+      <c r="A4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D4" t="s">
+        <v>7</v>
+      </c>
+      <c r="E4" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>7</v>
+      </c>
+      <c r="E5" t="s">
+        <v>8</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:9">
-      <c r="A6" s="1" t="s">
-        <v>2</v>
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:9">
-      <c r="A8" s="1" t="s">
-        <v>3</v>
+      <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>7</v>
+      </c>
+      <c r="E8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
+        <v>6</v>
+      </c>
+      <c r="D9" t="s">
+        <v>7</v>
+      </c>
+      <c r="E9" t="s">
+        <v>8</v>
+      </c>
+      <c r="G9" t="s">
+        <v>9</v>
+      </c>
+      <c r="H9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" t="s">
+        <v>24</v>
+      </c>
+      <c r="G10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="C11" t="s">
+        <v>6</v>
+      </c>
+      <c r="D11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
+        <v>8</v>
+      </c>
+      <c r="G11" t="s">
+        <v>9</v>
+      </c>
+      <c r="H11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" t="s">
+        <v>31</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B13" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
+        <v>7</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14" t="s">
+        <v>26</v>
+      </c>
+      <c r="I14" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>7</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" t="s">
+        <v>49</v>
+      </c>
+      <c r="D16" t="s">
+        <v>50</v>
+      </c>
+      <c r="E16" t="s">
+        <v>51</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16" t="s">
+        <v>53</v>
+      </c>
+      <c r="I16" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" t="s">
+        <v>7</v>
+      </c>
+      <c r="E17" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" t="s">
+        <v>7</v>
+      </c>
+      <c r="E18" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" t="s">
+        <v>61</v>
+      </c>
+      <c r="G18" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="s">
+        <v>63</v>
+      </c>
+      <c r="D19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" t="s">
+        <v>60</v>
+      </c>
+      <c r="F19" t="s">
+        <v>65</v>
+      </c>
+      <c r="G19" t="s">
+        <v>66</v>
+      </c>
+      <c r="H19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" t="s">
+        <v>69</v>
+      </c>
+      <c r="C20" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" t="s">
+        <v>72</v>
+      </c>
+      <c r="H20" t="s">
+        <v>73</v>
+      </c>
+      <c r="I20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" t="s">
+        <v>75</v>
+      </c>
+      <c r="B21" t="s">
+        <v>76</v>
+      </c>
+      <c r="C21" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F21" t="s">
+        <v>79</v>
+      </c>
+      <c r="G21" t="s">
+        <v>80</v>
+      </c>
+      <c r="H21" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" t="s">
+        <v>86</v>
+      </c>
+      <c r="G22" t="s">
+        <v>25</v>
+      </c>
+      <c r="H22" t="s">
+        <v>87</v>
+      </c>
+      <c r="I22" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" t="s">
+        <v>89</v>
+      </c>
+      <c r="B23" t="s">
+        <v>90</v>
+      </c>
+      <c r="C23" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" t="s">
+        <v>92</v>
+      </c>
+      <c r="F23" t="s">
+        <v>93</v>
+      </c>
+      <c r="G23" t="s">
+        <v>94</v>
+      </c>
+      <c r="H23" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" t="s">
+        <v>96</v>
+      </c>
+      <c r="C24" t="s">
+        <v>97</v>
+      </c>
+      <c r="D24" t="s">
+        <v>7</v>
+      </c>
+      <c r="E24" t="s">
+        <v>31</v>
+      </c>
+      <c r="G24" t="s">
+        <v>98</v>
+      </c>
+      <c r="H24" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D25" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" t="s">
+        <v>103</v>
+      </c>
+      <c r="H25" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" t="s">
+        <v>105</v>
+      </c>
+      <c r="D26" t="s">
+        <v>7</v>
+      </c>
+      <c r="G26" t="s">
+        <v>25</v>
+      </c>
+      <c r="H26" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" t="s">
+        <v>107</v>
+      </c>
+      <c r="D27" t="s">
+        <v>7</v>
+      </c>
+      <c r="E27" t="s">
+        <v>46</v>
+      </c>
+      <c r="F27" t="s">
+        <v>108</v>
+      </c>
+      <c r="G27" t="s">
+        <v>109</v>
+      </c>
+      <c r="H27" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" t="s">
+        <v>111</v>
+      </c>
+      <c r="B28" t="s">
+        <v>112</v>
+      </c>
+      <c r="C28" t="s">
+        <v>113</v>
+      </c>
+      <c r="D28" t="s">
+        <v>7</v>
+      </c>
+      <c r="E28" t="s">
+        <v>114</v>
+      </c>
+      <c r="F28" t="s">
+        <v>115</v>
+      </c>
+      <c r="G28" t="s">
+        <v>116</v>
+      </c>
+      <c r="H28" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" t="s">
+        <v>118</v>
+      </c>
+      <c r="C29" t="s">
+        <v>119</v>
+      </c>
+      <c r="D29" t="s">
+        <v>7</v>
+      </c>
+      <c r="E29" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" t="s">
+        <v>79</v>
+      </c>
+      <c r="G29" t="s">
+        <v>121</v>
+      </c>
+      <c r="H29" t="s">
+        <v>122</v>
+      </c>
+      <c r="I29" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>7</v>
+      </c>
+      <c r="E30" t="s">
+        <v>127</v>
+      </c>
+      <c r="F30" t="s">
+        <v>128</v>
+      </c>
+      <c r="G30" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30" t="s">
+        <v>62</v>
+      </c>
+      <c r="I30" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" t="s">
+        <v>131</v>
+      </c>
+      <c r="B31" t="s">
+        <v>132</v>
+      </c>
+      <c r="C31" t="s">
+        <v>133</v>
+      </c>
+      <c r="D31" t="s">
+        <v>7</v>
+      </c>
+      <c r="E31" t="s">
+        <v>134</v>
+      </c>
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="H31" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" t="s">
+        <v>136</v>
+      </c>
+      <c r="B32" t="s">
+        <v>137</v>
+      </c>
+      <c r="C32" t="s">
+        <v>138</v>
+      </c>
+      <c r="D32" t="s">
+        <v>64</v>
+      </c>
+      <c r="E32" t="s">
+        <v>139</v>
+      </c>
+      <c r="G32" t="s">
+        <v>9</v>
+      </c>
+      <c r="H32" t="s">
+        <v>135</v>
+      </c>
+      <c r="I32" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" t="s">
+        <v>141</v>
+      </c>
+      <c r="B33" t="s">
+        <v>142</v>
+      </c>
+      <c r="C33" t="s">
+        <v>143</v>
+      </c>
+      <c r="D33" t="s">
+        <v>144</v>
+      </c>
+      <c r="E33" t="s">
+        <v>114</v>
+      </c>
+      <c r="F33" t="s">
+        <v>145</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" t="s">
+        <v>147</v>
+      </c>
+      <c r="B34" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" t="s">
+        <v>7</v>
+      </c>
+      <c r="E34" t="s">
+        <v>150</v>
+      </c>
+      <c r="G34" t="s">
+        <v>151</v>
+      </c>
+      <c r="H34" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" t="s">
+        <v>7</v>
+      </c>
+      <c r="G35" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>7</v>
+      </c>
+      <c r="E36" t="s">
+        <v>60</v>
+      </c>
+      <c r="F36" t="s">
+        <v>32</v>
+      </c>
+      <c r="G36" t="s">
+        <v>157</v>
+      </c>
+      <c r="H36" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" t="s">
+        <v>159</v>
+      </c>
+      <c r="B37" t="s">
+        <v>160</v>
+      </c>
+      <c r="C37" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" t="s">
+        <v>7</v>
+      </c>
+      <c r="E37" t="s">
+        <v>162</v>
+      </c>
+      <c r="H37" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" t="s">
+        <v>163</v>
+      </c>
+      <c r="B38" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" t="s">
+        <v>7</v>
+      </c>
+      <c r="E38" t="s">
+        <v>166</v>
+      </c>
+      <c r="G38" t="s">
+        <v>167</v>
+      </c>
+      <c r="H38" t="s">
+        <v>99</v>
+      </c>
+      <c r="I38" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>170</v>
+      </c>
+      <c r="C39" t="s">
+        <v>171</v>
+      </c>
+      <c r="D39" t="s">
+        <v>7</v>
+      </c>
+      <c r="E39" t="s">
+        <v>172</v>
+      </c>
+      <c r="G39" t="s">
+        <v>25</v>
+      </c>
+      <c r="H39" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" t="s">
+        <v>174</v>
+      </c>
+      <c r="B40" t="s">
+        <v>175</v>
+      </c>
+      <c r="C40" t="s">
+        <v>176</v>
+      </c>
+      <c r="D40" t="s">
+        <v>64</v>
+      </c>
+      <c r="E40" t="s">
+        <v>177</v>
+      </c>
+      <c r="G40" t="s">
+        <v>9</v>
+      </c>
+      <c r="H40" t="s">
+        <v>53</v>
+      </c>
+      <c r="I40" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" t="s">
+        <v>179</v>
+      </c>
+      <c r="B41" t="s">
+        <v>180</v>
+      </c>
+      <c r="C41" t="s">
+        <v>181</v>
+      </c>
+      <c r="D41" t="s">
+        <v>7</v>
+      </c>
+      <c r="E41" t="s">
+        <v>182</v>
+      </c>
+      <c r="G41" t="s">
+        <v>38</v>
+      </c>
+      <c r="H41" t="s">
+        <v>183</v>
+      </c>
+      <c r="I41" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" t="s">
+        <v>185</v>
+      </c>
+      <c r="B42" t="s">
+        <v>186</v>
+      </c>
+      <c r="C42" t="s">
+        <v>187</v>
+      </c>
+      <c r="D42" t="s">
+        <v>7</v>
+      </c>
+      <c r="E42" t="s">
+        <v>177</v>
+      </c>
+      <c r="G42" t="s">
+        <v>188</v>
+      </c>
+      <c r="H42" t="s">
+        <v>189</v>
+      </c>
+      <c r="I42" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" t="s">
+        <v>191</v>
+      </c>
+      <c r="C43" t="s">
+        <v>192</v>
+      </c>
+      <c r="D43" t="s">
+        <v>7</v>
+      </c>
+      <c r="E43" t="s">
+        <v>60</v>
+      </c>
+      <c r="G43" t="s">
+        <v>14</v>
+      </c>
+      <c r="H43" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" t="s">
+        <v>191</v>
+      </c>
+      <c r="C44" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" t="s">
+        <v>7</v>
+      </c>
+      <c r="E44" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" t="s">
+        <v>194</v>
+      </c>
+      <c r="H44" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" t="s">
+        <v>197</v>
+      </c>
+      <c r="D45" t="s">
+        <v>7</v>
+      </c>
+      <c r="E45" t="s">
+        <v>60</v>
+      </c>
+      <c r="F45" t="s">
+        <v>32</v>
+      </c>
+      <c r="G45" t="s">
+        <v>198</v>
+      </c>
+      <c r="H45" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" t="s">
+        <v>200</v>
+      </c>
+      <c r="B46" t="s">
+        <v>201</v>
+      </c>
+      <c r="C46" t="s">
+        <v>202</v>
+      </c>
+      <c r="D46" t="s">
+        <v>203</v>
+      </c>
+      <c r="E46" t="s">
+        <v>204</v>
+      </c>
+      <c r="G46" t="s">
+        <v>205</v>
+      </c>
+      <c r="H46" t="s">
+        <v>183</v>
+      </c>
+      <c r="I46" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" t="s">
+        <v>207</v>
+      </c>
+      <c r="C47" t="s">
+        <v>208</v>
+      </c>
+      <c r="D47" t="s">
+        <v>209</v>
+      </c>
+      <c r="E47" t="s">
+        <v>210</v>
+      </c>
+      <c r="G47" t="s">
+        <v>211</v>
+      </c>
+      <c r="H47" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" t="s">
+        <v>212</v>
+      </c>
+      <c r="C48" t="s">
+        <v>213</v>
+      </c>
+      <c r="D48" t="s">
+        <v>209</v>
+      </c>
+      <c r="G48" t="s">
+        <v>25</v>
+      </c>
+      <c r="H48" t="s">
+        <v>26</v>
+      </c>
+      <c r="I48" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" t="s">
+        <v>215</v>
+      </c>
+      <c r="C49" t="s">
+        <v>6</v>
+      </c>
+      <c r="D49" t="s">
+        <v>7</v>
+      </c>
+      <c r="E49" t="s">
+        <v>8</v>
+      </c>
+      <c r="G49" t="s">
+        <v>9</v>
+      </c>
+      <c r="H49" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" t="s">
+        <v>216</v>
+      </c>
+      <c r="C50" t="s">
+        <v>217</v>
+      </c>
+      <c r="D50" t="s">
+        <v>7</v>
+      </c>
+      <c r="E50" t="s">
+        <v>8</v>
+      </c>
+      <c r="F50" t="s">
+        <v>32</v>
+      </c>
+      <c r="G50" t="s">
+        <v>25</v>
+      </c>
+      <c r="H50" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" t="s">
+        <v>219</v>
+      </c>
+      <c r="C51" t="s">
+        <v>6</v>
+      </c>
+      <c r="D51" t="s">
+        <v>7</v>
+      </c>
+      <c r="E51" t="s">
+        <v>8</v>
+      </c>
+      <c r="G51" t="s">
+        <v>9</v>
+      </c>
+      <c r="H51" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="1" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" t="s">
+        <v>222</v>
+      </c>
+      <c r="C54" t="s">
+        <v>223</v>
+      </c>
+      <c r="D54" t="s">
+        <v>4</v>
+      </c>
+      <c r="G54" t="s">
+        <v>224</v>
+      </c>
+      <c r="H54" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" t="s">
+        <v>226</v>
+      </c>
+      <c r="B55" t="s">
+        <v>227</v>
+      </c>
+      <c r="C55" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" t="s">
+        <v>4</v>
+      </c>
+      <c r="G55" t="s">
+        <v>229</v>
+      </c>
+      <c r="H55" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" t="s">
+        <v>226</v>
+      </c>
+      <c r="B56" t="s">
+        <v>227</v>
+      </c>
+      <c r="C56" t="s">
+        <v>230</v>
+      </c>
+      <c r="D56" t="s">
+        <v>4</v>
+      </c>
+      <c r="G56" t="s">
+        <v>229</v>
+      </c>
+      <c r="H56" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" t="s">
+        <v>231</v>
+      </c>
+      <c r="B57" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" t="s">
+        <v>4</v>
+      </c>
+      <c r="G57" t="s">
+        <v>234</v>
+      </c>
+      <c r="H57" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" t="s">
+        <v>235</v>
+      </c>
+      <c r="B58" t="s">
+        <v>69</v>
+      </c>
+      <c r="C58" t="s">
+        <v>236</v>
+      </c>
+      <c r="D58" t="s">
+        <v>7</v>
+      </c>
+      <c r="G58" t="s">
+        <v>237</v>
+      </c>
+      <c r="H58" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" t="s">
+        <v>238</v>
+      </c>
+      <c r="B59" t="s">
+        <v>76</v>
+      </c>
+      <c r="C59" t="s">
+        <v>239</v>
+      </c>
+      <c r="D59" t="s">
+        <v>64</v>
+      </c>
+      <c r="G59" t="s">
+        <v>240</v>
+      </c>
+      <c r="H59" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
+        <v>96</v>
+      </c>
+      <c r="C60" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" t="s">
+        <v>7</v>
+      </c>
+      <c r="G60" t="s">
+        <v>243</v>
+      </c>
+      <c r="H60" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>246</v>
+      </c>
+      <c r="C61" t="s">
+        <v>247</v>
+      </c>
+      <c r="D61" t="s">
+        <v>64</v>
+      </c>
+      <c r="G61" t="s">
+        <v>248</v>
+      </c>
+      <c r="H61" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>246</v>
+      </c>
+      <c r="C62" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" t="s">
+        <v>64</v>
+      </c>
+      <c r="G62" t="s">
+        <v>248</v>
+      </c>
+      <c r="H62" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" t="s">
+        <v>245</v>
+      </c>
+      <c r="B63" t="s">
+        <v>246</v>
+      </c>
+      <c r="C63" t="s">
+        <v>250</v>
+      </c>
+      <c r="D63" t="s">
+        <v>64</v>
+      </c>
+      <c r="G63" t="s">
+        <v>248</v>
+      </c>
+      <c r="H63" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" t="s">
+        <v>251</v>
+      </c>
+      <c r="B64" t="s">
+        <v>112</v>
+      </c>
+      <c r="C64" t="s">
+        <v>236</v>
+      </c>
+      <c r="D64" t="s">
+        <v>7</v>
+      </c>
+      <c r="G64" t="s">
+        <v>229</v>
+      </c>
+      <c r="H64" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" t="s">
+        <v>252</v>
+      </c>
+      <c r="B65" t="s">
+        <v>253</v>
+      </c>
+      <c r="C65" t="s">
+        <v>254</v>
+      </c>
+      <c r="D65" t="s">
+        <v>7</v>
+      </c>
+      <c r="G65" t="s">
+        <v>255</v>
+      </c>
+      <c r="H65" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" t="s">
+        <v>137</v>
+      </c>
+      <c r="B66" t="s">
+        <v>256</v>
+      </c>
+      <c r="C66" t="s">
+        <v>257</v>
+      </c>
+      <c r="D66" t="s">
+        <v>7</v>
+      </c>
+      <c r="G66" t="s">
+        <v>229</v>
+      </c>
+      <c r="H66" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" t="s">
+        <v>259</v>
+      </c>
+      <c r="C67" t="s">
+        <v>260</v>
+      </c>
+      <c r="D67" t="s">
+        <v>7</v>
+      </c>
+      <c r="G67" t="s">
+        <v>261</v>
+      </c>
+      <c r="H67" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" t="s">
+        <v>262</v>
+      </c>
+      <c r="B68" t="s">
+        <v>263</v>
+      </c>
+      <c r="C68" t="s">
+        <v>264</v>
+      </c>
+      <c r="D68" t="s">
+        <v>7</v>
+      </c>
+      <c r="G68" t="s">
+        <v>248</v>
+      </c>
+      <c r="H68" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" t="s">
+        <v>266</v>
+      </c>
+      <c r="B69" t="s">
+        <v>267</v>
+      </c>
+      <c r="C69" t="s">
+        <v>268</v>
+      </c>
+      <c r="D69" t="s">
+        <v>50</v>
+      </c>
+      <c r="G69" t="s">
+        <v>269</v>
+      </c>
+      <c r="H69" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" t="s">
+        <v>270</v>
+      </c>
+      <c r="B70" t="s">
+        <v>271</v>
+      </c>
+      <c r="C70" t="s">
+        <v>236</v>
+      </c>
+      <c r="D70" t="s">
+        <v>7</v>
+      </c>
+      <c r="G70" t="s">
+        <v>272</v>
+      </c>
+      <c r="H70" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" t="s">
+        <v>273</v>
+      </c>
+      <c r="B71" t="s">
+        <v>147</v>
+      </c>
+      <c r="C71" t="s">
+        <v>274</v>
+      </c>
+      <c r="D71" t="s">
+        <v>7</v>
+      </c>
+      <c r="G71" t="s">
+        <v>269</v>
+      </c>
+      <c r="H71" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" t="s">
+        <v>275</v>
+      </c>
+      <c r="B72" t="s">
+        <v>160</v>
+      </c>
+      <c r="C72" t="s">
+        <v>276</v>
+      </c>
+      <c r="D72" t="s">
+        <v>64</v>
+      </c>
+      <c r="G72" t="s">
+        <v>229</v>
+      </c>
+      <c r="H72" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" t="s">
+        <v>275</v>
+      </c>
+      <c r="B73" t="s">
+        <v>160</v>
+      </c>
+      <c r="C73" t="s">
+        <v>277</v>
+      </c>
+      <c r="D73" t="s">
+        <v>64</v>
+      </c>
+      <c r="G73" t="s">
+        <v>229</v>
+      </c>
+      <c r="H73" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" t="s">
+        <v>278</v>
+      </c>
+      <c r="B74" t="s">
+        <v>170</v>
+      </c>
+      <c r="C74" t="s">
+        <v>279</v>
+      </c>
+      <c r="D74" t="s">
+        <v>64</v>
+      </c>
+      <c r="G74" t="s">
+        <v>280</v>
+      </c>
+      <c r="H74" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" t="s">
+        <v>281</v>
+      </c>
+      <c r="B75" t="s">
+        <v>180</v>
+      </c>
+      <c r="C75" t="s">
+        <v>282</v>
+      </c>
+      <c r="D75" t="s">
+        <v>7</v>
+      </c>
+      <c r="G75" t="s">
+        <v>94</v>
+      </c>
+      <c r="H75" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="1" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="1" t="s">
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:I2"/>
-    <mergeCell ref="A4:I4"/>
-[...1 lines deleted...]
-    <mergeCell ref="A8:I8"/>
+    <mergeCell ref="A53:I53"/>
+    <mergeCell ref="A77:I77"/>
+    <mergeCell ref="A79:I79"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026</vt:lpstr>