--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -12,133 +12,163 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>2026 Lietuvos orientavimosi renginiai</t>
   </si>
   <si>
-    <t>2026-01-10</t>
-[...2 lines deleted...]
-    <t>2026-01-11</t>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>2026-01-18</t>
   </si>
   <si>
     <t>Lietuvos OSS čempionatas</t>
   </si>
   <si>
     <t>OSS</t>
   </si>
   <si>
-    <t>2026-01-17</t>
+    <t>vidutinė ir ilga</t>
+  </si>
+  <si>
+    <t>M/V 12 - 70</t>
+  </si>
+  <si>
+    <t>Latvija</t>
+  </si>
+  <si>
+    <t>LOSF ir LOF</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-oss-cempionatas-vidutineje-ir-vilgoje-trasose/</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
   </si>
   <si>
     <t>Gajos sprintų taurė</t>
   </si>
   <si>
     <t>Bėgte</t>
   </si>
   <si>
     <t>sprintas</t>
   </si>
   <si>
     <t>Kaunas</t>
   </si>
   <si>
     <t>Kauno sporto mokykla Gaja</t>
   </si>
   <si>
-    <t>2026-01-24</t>
+    <t>https://drive.google.com/file/d/1CE2bPPSCItCkywW5HcYPpVmqlGWYEZ7W/view?usp=drive_link</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
   </si>
   <si>
     <t>Klaipėdos sprintų taurė</t>
   </si>
   <si>
     <t>V/M 12 - V/M 60</t>
   </si>
   <si>
     <t>Klaipėda</t>
   </si>
   <si>
     <t>O! Klaipėda OSK</t>
   </si>
   <si>
+    <t>https://sprintai.oklaipeda.lt</t>
+  </si>
+  <si>
     <t>2026-01-31</t>
   </si>
   <si>
     <t>2026-02-01</t>
   </si>
   <si>
+    <t>sprintas ir estafetės</t>
+  </si>
+  <si>
+    <t>Vilnius</t>
+  </si>
+  <si>
+    <t>LOSF</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oss-cempionatas-2/</t>
+  </si>
+  <si>
     <t>2026-02-14</t>
   </si>
   <si>
     <t>2026-02-21</t>
   </si>
   <si>
-    <t>2026-02-22</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-02-28</t>
   </si>
   <si>
     <t>2026-03-07</t>
   </si>
   <si>
     <t>S-Sporto sprintų taurė</t>
   </si>
   <si>
     <t>V/M 12 - V/M70</t>
   </si>
   <si>
-    <t>Vilnius</t>
-[...1 lines deleted...]
-  <si>
     <t>S-sportas SK</t>
   </si>
   <si>
+    <t>https://sprintai.s-sportas.eu/</t>
+  </si>
+  <si>
     <t>2026-03-14</t>
   </si>
   <si>
     <t>2026-03-21</t>
   </si>
   <si>
     <t>2026-03-22</t>
   </si>
   <si>
     <t>Sezono atidarymo taurė 2026</t>
   </si>
   <si>
     <t>vidutinė / vidutinė</t>
   </si>
   <si>
     <t>V/M 12 - 80</t>
   </si>
   <si>
     <t>Kopa OSK</t>
   </si>
   <si>
     <t>2026-03-27</t>
   </si>
   <si>
     <t>2026-03-29</t>
@@ -188,50 +218,62 @@
   <si>
     <t>Takais</t>
   </si>
   <si>
     <t>vidutinė, ilga / PreO ir TempO</t>
   </si>
   <si>
     <t>Trako-Milkyčių, Lazdijų raj,</t>
   </si>
   <si>
     <t>Medeina OK</t>
   </si>
   <si>
     <t>https://www.springcup.lt/</t>
   </si>
   <si>
     <t>2026-04-18</t>
   </si>
   <si>
     <t>Lietuvos OS bėgte čempionatas</t>
   </si>
   <si>
     <t>bendras startas</t>
   </si>
   <si>
+    <t>M/V 16 - 90</t>
+  </si>
+  <si>
+    <t>Papoškė</t>
+  </si>
+  <si>
+    <t>VŠĮ Forest stadiums</t>
+  </si>
+  <si>
+    <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-bendro-starto-trasoje/</t>
+  </si>
+  <si>
     <t>2026-04-19</t>
   </si>
   <si>
     <t>Forestadiums taurė</t>
   </si>
   <si>
     <t>vidutinė</t>
   </si>
   <si>
     <t>V/M 10-80</t>
   </si>
   <si>
     <t>Forest Stadiums</t>
   </si>
   <si>
     <t>MTBO Horizontas</t>
   </si>
   <si>
     <t>OSKD</t>
   </si>
   <si>
     <t>V/M 10 - 75</t>
   </si>
   <si>
     <t>Klaipėdos raj.</t>
@@ -260,92 +302,104 @@
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas/</t>
   </si>
   <si>
     <t>2026-05-02</t>
   </si>
   <si>
     <t>2026-05-03</t>
   </si>
   <si>
     <t>Šilo taurė</t>
   </si>
   <si>
     <t>ilga / vidutinė</t>
   </si>
   <si>
     <t>V/M 12 - 90</t>
   </si>
   <si>
     <t>Prienų raj.</t>
   </si>
   <si>
     <t>Šilas OSK</t>
   </si>
   <si>
+    <t>2026-05-06</t>
+  </si>
+  <si>
+    <t>LOSF krosas</t>
+  </si>
+  <si>
+    <t>Krosas</t>
+  </si>
+  <si>
+    <t>M/V 14 - 20</t>
+  </si>
+  <si>
+    <t>https://drive.google.com/file/d/1gAFswtWYUez8X3l32dS_PREa83O4cmM1/view</t>
+  </si>
+  <si>
     <t>2026-05-08</t>
   </si>
   <si>
     <t>2026-05-10</t>
   </si>
   <si>
     <t>Vilnius 2026</t>
   </si>
   <si>
     <t>sprintas / vidutinė / persekiojimas</t>
   </si>
   <si>
     <t>V/M 8 - 90</t>
   </si>
   <si>
     <t>Perkūnas OSK</t>
   </si>
   <si>
     <t>https://www.perkunas.lt/</t>
   </si>
   <si>
     <t>2026-05-16</t>
   </si>
   <si>
     <t>2026-05-23</t>
   </si>
   <si>
     <t>Pasaulinė orientavimosi sporto savaitė</t>
   </si>
   <si>
     <t>excel.disciplines.Bėgte, OSKD, OSS, Takais, Rogaining</t>
   </si>
   <si>
     <t>Visos</t>
   </si>
   <si>
     <t>Lietuva</t>
   </si>
   <si>
-    <t>LOSF</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-05-17</t>
   </si>
   <si>
     <t>J.Vileišio taurė</t>
   </si>
   <si>
     <t>Bombardynė</t>
   </si>
   <si>
     <t>Oriens OSK</t>
   </si>
   <si>
     <t>2026-05-21</t>
   </si>
   <si>
     <t>Lietuvos mokyklų žaidynės</t>
   </si>
   <si>
     <t>Moksleiviai</t>
   </si>
   <si>
     <t>Panevėžys</t>
   </si>
   <si>
     <t>Feniks OSK, LINEŠA</t>
@@ -353,51 +407,51 @@
   <si>
     <t>OS festivalis</t>
   </si>
   <si>
     <t>2026-05-24</t>
   </si>
   <si>
     <t>Saulės estafetės</t>
   </si>
   <si>
     <t>VM -14-70</t>
   </si>
   <si>
     <t>Vilniaus raj.</t>
   </si>
   <si>
     <t>Saulė OSK</t>
   </si>
   <si>
     <t>2026-05-30</t>
   </si>
   <si>
     <t>2026-05-31</t>
   </si>
   <si>
-    <t>Palangos čempionatas</t>
+    <t>Palangos čempionatas / Lietuvos vaikų, jaunučių, jaunių komandinis čemp.</t>
   </si>
   <si>
     <t>vidutinė / sprintas</t>
   </si>
   <si>
     <t>V/M 10 - 80</t>
   </si>
   <si>
     <t>Palanga</t>
   </si>
   <si>
     <t>2026-06-06</t>
   </si>
   <si>
     <t>2026-06-07</t>
   </si>
   <si>
     <t>Lietuvos OS bėgte čemp. sprintas, eliminavimo sprintas, sprinto estafetės</t>
   </si>
   <si>
     <t>sprintas, eliminavimo sprintas, sprinto estafetės</t>
   </si>
   <si>
     <t>Kėdainiai / Krekenava</t>
   </si>
@@ -536,50 +590,53 @@
   <si>
     <t>vidutinė ir estafetės</t>
   </si>
   <si>
     <t>Rokiškio raj.</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-vidutineje-trasoje/</t>
   </si>
   <si>
     <t>2026-09-12</t>
   </si>
   <si>
     <t>2026-09-13</t>
   </si>
   <si>
     <t>Vilniaus taurė</t>
   </si>
   <si>
     <t>vidutinė / prailginta vidutinė</t>
   </si>
   <si>
     <t>Apuokas OSK</t>
   </si>
   <si>
+    <t>https://vilniausketvirtadieniai.lt/naujienos/</t>
+  </si>
+  <si>
     <t>2026-09-19</t>
   </si>
   <si>
     <t>2026-09-20</t>
   </si>
   <si>
     <t>Lietuvos OSKD čemp. ilga ir estafetė</t>
   </si>
   <si>
     <t>estafetės / ilga</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas-ilgoje-ir-estafeciu-trasose/</t>
   </si>
   <si>
     <t>2026-09-25</t>
   </si>
   <si>
     <t>2026-09-27</t>
   </si>
   <si>
     <t>EOC tour</t>
   </si>
   <si>
     <t>vidutinė / prailginta vidutinė / vidutinė</t>
@@ -650,81 +707,78 @@
   <si>
     <t>vidutinė/vidutinė</t>
   </si>
   <si>
     <t>Noškūnai</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-taure/</t>
   </si>
   <si>
     <t>2026-10-24</t>
   </si>
   <si>
     <t>Atrask Krekenavą Rogaining</t>
   </si>
   <si>
     <t>Rogaining</t>
   </si>
   <si>
     <t>rogaining</t>
   </si>
   <si>
     <t>Lekėčiai</t>
   </si>
   <si>
-    <t>2026-11-07</t>
+    <t>2026-11-14</t>
   </si>
   <si>
     <t>Vilnius Rogaining</t>
   </si>
   <si>
     <t>http://rogaining.lt</t>
   </si>
   <si>
-    <t>2026-11-14</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-11-21</t>
   </si>
   <si>
     <t>Vilniaus m. čempionatas</t>
   </si>
   <si>
     <t>Sostinės sporto centras</t>
   </si>
   <si>
+    <t>2026-11-28</t>
+  </si>
+  <si>
     <t>2026-12-12</t>
   </si>
   <si>
     <t>2026 Tarptautiniai orientavimosi renginiai</t>
   </si>
   <si>
     <t>2026-01-21</t>
-  </si>
-[...1 lines deleted...]
-    <t>2026-01-25</t>
   </si>
   <si>
     <t>Pasaulio OSS taurė / Pasaulio U23 OSS čempionatas</t>
   </si>
   <si>
     <t>Bulgarija</t>
   </si>
   <si>
     <t>IOF</t>
   </si>
   <si>
     <t>2026-02-05</t>
   </si>
   <si>
     <t>2026-02-08</t>
   </si>
   <si>
     <t>Pasaulio jaunimo OSS čempionatas</t>
   </si>
   <si>
     <t>Švedija</t>
   </si>
   <si>
     <t>Europos jaunių OSS čempionatas</t>
   </si>
@@ -1224,1650 +1278,1736 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I79"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A79" sqref="A79"/>
+      <selection activeCell="A80" sqref="A80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="75" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" customWidth="true" style="0"/>
     <col min="9" max="9" width="85" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
+      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" t="s">
+        <v>6</v>
+      </c>
+      <c r="G3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>10</v>
+        <v>15</v>
+      </c>
+      <c r="I4" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>21</v>
+      </c>
+      <c r="I5" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>3</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
+      <c r="E6" t="s">
+        <v>25</v>
+      </c>
+      <c r="F6" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" t="s">
+        <v>26</v>
+      </c>
+      <c r="H6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I6" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H7" t="s">
-        <v>15</v>
+        <v>21</v>
+      </c>
+      <c r="I7" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" t="s">
         <v>19</v>
       </c>
-      <c r="B8" t="s">
+      <c r="G8" t="s">
         <v>20</v>
       </c>
-      <c r="C8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H8" t="s">
-        <v>15</v>
+        <v>21</v>
+      </c>
+      <c r="I8" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="H9" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F10" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="G10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H10" t="s">
-        <v>26</v>
+        <v>35</v>
+      </c>
+      <c r="I10" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C11" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="H11" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H12" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="H13" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H14" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I14" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="C16" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D16" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="E16" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H16" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="I16" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>57</v>
+        <v>67</v>
+      </c>
+      <c r="F17" t="s">
+        <v>68</v>
+      </c>
+      <c r="G17" t="s">
+        <v>69</v>
+      </c>
+      <c r="H17" t="s">
+        <v>70</v>
+      </c>
+      <c r="I17" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="F18" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="G18" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H18" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="E19" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="F19" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="G19" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="H19" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="D20" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="E20" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="G20" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="H20" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="I20" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B21" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="F21" t="s">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="G21" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="H21" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>96</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D22" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="F22" t="s">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="G22" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="H22" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="I22" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="B23" t="s">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="C23" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>92</v>
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>104</v>
       </c>
       <c r="F23" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="G23" t="s">
-        <v>94</v>
+        <v>26</v>
       </c>
       <c r="H23" t="s">
-        <v>95</v>
+        <v>106</v>
+      </c>
+      <c r="I23" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="B24" t="s">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>110</v>
       </c>
       <c r="D24" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>111</v>
+      </c>
+      <c r="F24" t="s">
+        <v>112</v>
       </c>
       <c r="G24" t="s">
-        <v>98</v>
+        <v>113</v>
       </c>
       <c r="H24" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>114</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>118</v>
       </c>
       <c r="C26" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="D26" t="s">
-        <v>7</v>
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" t="s">
+        <v>120</v>
       </c>
       <c r="G26" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="H26" t="s">
-        <v>95</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="D27" t="s">
-        <v>7</v>
-[...5 lines deleted...]
-        <v>108</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>109</v>
+        <v>26</v>
       </c>
       <c r="H27" t="s">
-        <v>110</v>
+        <v>27</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>114</v>
+        <v>56</v>
       </c>
       <c r="F28" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="G28" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="H28" t="s">
-        <v>67</v>
+        <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="B29" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="D29" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="F29" t="s">
-        <v>79</v>
+        <v>133</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="H29" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="B30" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="C30" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="D30" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="F30" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="G30" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="H30" t="s">
-        <v>62</v>
+        <v>140</v>
       </c>
       <c r="I30" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="B31" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="C31" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="D31" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>134</v>
+        <v>145</v>
+      </c>
+      <c r="F31" t="s">
+        <v>146</v>
       </c>
       <c r="G31" t="s">
-        <v>38</v>
+        <v>147</v>
       </c>
       <c r="H31" t="s">
-        <v>135</v>
+        <v>76</v>
+      </c>
+      <c r="I31" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="B32" t="s">
-        <v>137</v>
+        <v>150</v>
       </c>
       <c r="C32" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="D32" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="G32" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="H32" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>153</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="B33" t="s">
-        <v>142</v>
+        <v>155</v>
       </c>
       <c r="C33" t="s">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="D33" t="s">
-        <v>144</v>
+        <v>78</v>
       </c>
       <c r="E33" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>146</v>
+        <v>153</v>
+      </c>
+      <c r="I33" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="B34" t="s">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>7</v>
+        <v>162</v>
       </c>
       <c r="E34" t="s">
-        <v>150</v>
+        <v>132</v>
+      </c>
+      <c r="F34" t="s">
+        <v>163</v>
       </c>
       <c r="G34" t="s">
-        <v>151</v>
+        <v>20</v>
       </c>
       <c r="H34" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="B35" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="C35" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="D35" t="s">
-        <v>7</v>
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>168</v>
       </c>
       <c r="G35" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="H35" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>155</v>
+        <v>170</v>
+      </c>
+      <c r="B36" t="s">
+        <v>171</v>
       </c>
       <c r="C36" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="D36" t="s">
-        <v>7</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="C37" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="D37" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>162</v>
+        <v>74</v>
+      </c>
+      <c r="F37" t="s">
+        <v>42</v>
+      </c>
+      <c r="G37" t="s">
+        <v>175</v>
       </c>
       <c r="H37" t="s">
-        <v>95</v>
+        <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="B38" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="C38" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="D38" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="H38" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="B39" t="s">
-        <v>170</v>
+        <v>182</v>
       </c>
       <c r="C39" t="s">
-        <v>171</v>
+        <v>183</v>
       </c>
       <c r="D39" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>172</v>
+        <v>184</v>
       </c>
       <c r="G39" t="s">
-        <v>25</v>
+        <v>185</v>
       </c>
       <c r="H39" t="s">
-        <v>173</v>
+        <v>117</v>
+      </c>
+      <c r="I39" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="B40" t="s">
-        <v>175</v>
+        <v>188</v>
       </c>
       <c r="C40" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="D40" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="G40" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="H40" t="s">
-        <v>53</v>
+        <v>191</v>
       </c>
       <c r="I40" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>179</v>
+        <v>193</v>
       </c>
       <c r="B41" t="s">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="C41" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D41" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="E41" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="G41" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>183</v>
+        <v>63</v>
       </c>
       <c r="I41" t="s">
-        <v>184</v>
+        <v>197</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>185</v>
+        <v>198</v>
       </c>
       <c r="B42" t="s">
-        <v>186</v>
+        <v>199</v>
       </c>
       <c r="C42" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="D42" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>177</v>
+        <v>201</v>
       </c>
       <c r="G42" t="s">
-        <v>188</v>
+        <v>48</v>
       </c>
       <c r="H42" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="I42" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>191</v>
+        <v>204</v>
+      </c>
+      <c r="B43" t="s">
+        <v>205</v>
       </c>
       <c r="C43" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="D43" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>60</v>
+        <v>196</v>
       </c>
       <c r="G43" t="s">
-        <v>14</v>
+        <v>207</v>
       </c>
       <c r="H43" t="s">
-        <v>15</v>
+        <v>208</v>
+      </c>
+      <c r="I43" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="C44" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="D44" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="G44" t="s">
-        <v>194</v>
+        <v>20</v>
       </c>
       <c r="H44" t="s">
-        <v>195</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="C45" t="s">
-        <v>197</v>
+        <v>212</v>
       </c>
       <c r="D45" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="G45" t="s">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="H45" t="s">
-        <v>199</v>
+        <v>214</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="C46" t="s">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="D46" t="s">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>204</v>
+        <v>74</v>
+      </c>
+      <c r="F46" t="s">
+        <v>42</v>
       </c>
       <c r="G46" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="H46" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>218</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>207</v>
+        <v>219</v>
+      </c>
+      <c r="B47" t="s">
+        <v>220</v>
       </c>
       <c r="C47" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="D47" t="s">
-        <v>209</v>
+        <v>222</v>
       </c>
       <c r="E47" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="G47" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="H47" t="s">
-        <v>122</v>
+        <v>202</v>
+      </c>
+      <c r="I47" t="s">
+        <v>225</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="C48" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="D48" t="s">
-        <v>209</v>
+        <v>228</v>
+      </c>
+      <c r="E48" t="s">
+        <v>229</v>
       </c>
       <c r="G48" t="s">
-        <v>25</v>
+        <v>230</v>
       </c>
       <c r="H48" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="C49" t="s">
-        <v>6</v>
+        <v>232</v>
       </c>
       <c r="D49" t="s">
-        <v>7</v>
+        <v>228</v>
       </c>
       <c r="E49" t="s">
-        <v>8</v>
+        <v>228</v>
       </c>
       <c r="G49" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="H49" t="s">
-        <v>10</v>
+        <v>35</v>
+      </c>
+      <c r="I49" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="C50" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="D50" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F50" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="G50" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H50" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="C51" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D51" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="H51" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-        <v>220</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" t="s">
+        <v>238</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>14</v>
+      </c>
+      <c r="H52" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:9">
-      <c r="A54" t="s">
-[...15 lines deleted...]
-        <v>225</v>
+      <c r="A54" s="1" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="B55" t="s">
-        <v>227</v>
+        <v>17</v>
       </c>
       <c r="C55" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="G55" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
       <c r="H55" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="B56" t="s">
-        <v>227</v>
+        <v>245</v>
       </c>
       <c r="C56" t="s">
-        <v>230</v>
+        <v>246</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="G56" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="H56" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="B57" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="C57" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="G57" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="H57" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="B58" t="s">
-        <v>69</v>
+        <v>250</v>
       </c>
       <c r="C58" t="s">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="D58" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G58" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
       <c r="H58" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="B59" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="C59" t="s">
-        <v>239</v>
+        <v>254</v>
       </c>
       <c r="D59" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>240</v>
+        <v>255</v>
       </c>
       <c r="H59" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="B60" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C60" t="s">
-        <v>242</v>
+        <v>257</v>
       </c>
       <c r="D60" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="G60" t="s">
+        <v>258</v>
+      </c>
+      <c r="H60" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="B61" t="s">
-        <v>246</v>
+        <v>114</v>
       </c>
       <c r="C61" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="D61" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="H61" t="s">
-        <v>225</v>
+        <v>262</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="B62" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="C62" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="D62" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="G62" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="H62" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="B63" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="C63" t="s">
-        <v>250</v>
+        <v>267</v>
       </c>
       <c r="D63" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="G63" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="H63" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="B64" t="s">
-        <v>112</v>
+        <v>264</v>
       </c>
       <c r="C64" t="s">
-        <v>236</v>
+        <v>268</v>
       </c>
       <c r="D64" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="G64" t="s">
-        <v>229</v>
+        <v>266</v>
       </c>
       <c r="H64" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>252</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
-        <v>253</v>
+        <v>130</v>
       </c>
       <c r="C65" t="s">
         <v>254</v>
       </c>
       <c r="D65" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="H65" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>137</v>
+        <v>270</v>
       </c>
       <c r="B66" t="s">
-        <v>256</v>
+        <v>271</v>
       </c>
       <c r="C66" t="s">
-        <v>257</v>
+        <v>272</v>
       </c>
       <c r="D66" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="H66" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>258</v>
+        <v>155</v>
       </c>
       <c r="B67" t="s">
-        <v>259</v>
+        <v>274</v>
       </c>
       <c r="C67" t="s">
-        <v>260</v>
+        <v>275</v>
       </c>
       <c r="D67" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="H67" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="B68" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="C68" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="D68" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>248</v>
+        <v>279</v>
       </c>
       <c r="H68" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>280</v>
+      </c>
+      <c r="B69" t="s">
+        <v>281</v>
+      </c>
+      <c r="C69" t="s">
+        <v>282</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
         <v>266</v>
       </c>
-      <c r="B69" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H69" t="s">
-        <v>225</v>
+        <v>283</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="B70" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="C70" t="s">
-        <v>236</v>
+        <v>286</v>
       </c>
       <c r="D70" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="G70" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="H70" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="B71" t="s">
-        <v>147</v>
+        <v>289</v>
       </c>
       <c r="C71" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="D71" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>269</v>
+        <v>290</v>
       </c>
       <c r="H71" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="B72" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C72" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="D72" t="s">
-        <v>64</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>229</v>
+        <v>287</v>
       </c>
       <c r="H72" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="B73" t="s">
-        <v>160</v>
+        <v>178</v>
       </c>
       <c r="C73" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
       <c r="D73" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="G73" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="H73" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="B74" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="C74" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="D74" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="G74" t="s">
-        <v>280</v>
+        <v>247</v>
       </c>
       <c r="H74" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="C75" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="D75" t="s">
-        <v>7</v>
+        <v>78</v>
       </c>
       <c r="G75" t="s">
-        <v>94</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>225</v>
-[...9 lines deleted...]
-        <v>284</v>
+        <v>243</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" t="s">
+        <v>299</v>
+      </c>
+      <c r="B76" t="s">
+        <v>199</v>
+      </c>
+      <c r="C76" t="s">
+        <v>300</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>113</v>
+      </c>
+      <c r="H76" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="1" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" s="1" t="s">
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:I2"/>
-    <mergeCell ref="A53:I53"/>
-[...1 lines deleted...]
-    <mergeCell ref="A79:I79"/>
+    <mergeCell ref="A54:I54"/>
+    <mergeCell ref="A78:I78"/>
+    <mergeCell ref="A80:I80"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026</vt:lpstr>