--- v2 (2026-02-01)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2026" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t>2026 Lietuvos orientavimosi renginiai</t>
   </si>
   <si>
     <t>2026-01-17</t>
   </si>
   <si>
     <t>2026-01-18</t>
   </si>
   <si>
     <t>Lietuvos OSS čempionatas</t>
   </si>
   <si>
     <t>OSS</t>
   </si>
   <si>
     <t>vidutinė ir ilga</t>
   </si>
   <si>
     <t>M/V 12 - 70</t>
   </si>
   <si>
     <t>Latvija</t>
   </si>
   <si>
@@ -128,119 +128,128 @@
   <si>
     <t>2026-02-21</t>
   </si>
   <si>
     <t>2026-02-28</t>
   </si>
   <si>
     <t>2026-03-07</t>
   </si>
   <si>
     <t>S-Sporto sprintų taurė</t>
   </si>
   <si>
     <t>V/M 12 - V/M70</t>
   </si>
   <si>
     <t>S-sportas SK</t>
   </si>
   <si>
     <t>https://sprintai.s-sportas.eu/</t>
   </si>
   <si>
     <t>2026-03-14</t>
   </si>
   <si>
+    <t>https://docs.google.com/document/d/1v140ksxFS5sVVeDLCbu1DkaSfYUCwfzgPJSo0lXwyPU/edit?usp=sharing</t>
+  </si>
+  <si>
     <t>2026-03-21</t>
   </si>
   <si>
     <t>2026-03-22</t>
   </si>
   <si>
     <t>Sezono atidarymo taurė 2026</t>
   </si>
   <si>
     <t>vidutinė / vidutinė</t>
   </si>
   <si>
     <t>V/M 12 - 80</t>
   </si>
   <si>
     <t>Kopa OSK</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/19e4vAWgTA9xNcyYnwcLH43XKwKHJ46ua/view?usp=drivesdk</t>
+  </si>
+  <si>
     <t>2026-03-27</t>
   </si>
   <si>
     <t>2026-03-29</t>
   </si>
   <si>
     <t>Falco taurė</t>
   </si>
   <si>
+    <t>Takais</t>
+  </si>
+  <si>
     <t>PreO1, PreO Sprintas, TempO, PreO2</t>
   </si>
   <si>
     <t>Druskininkai</t>
   </si>
   <si>
     <t>Falco OSK</t>
   </si>
   <si>
     <t>2026-03-28</t>
   </si>
   <si>
     <t>Lietuvos OS bėgte čemp. naktinėje trasoje</t>
   </si>
   <si>
     <t>naktinė</t>
   </si>
   <si>
     <t>Dengtiltis, Šiauliai</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-os-begte-cempionatas-naktineje-trasoje/</t>
   </si>
   <si>
     <t>Pavasario estafetės</t>
   </si>
   <si>
     <t>estafetės</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/19wB1qsDEJZRkircCWMoLkkDbZ0K73Nf8/view</t>
+  </si>
+  <si>
     <t>2026-04-11</t>
   </si>
   <si>
     <t>2026-04-12</t>
   </si>
   <si>
     <t>Pavasario taurė / Lietuvos OS takais čempionatas</t>
   </si>
   <si>
-    <t>Takais</t>
-[...1 lines deleted...]
-  <si>
     <t>vidutinė, ilga / PreO ir TempO</t>
   </si>
   <si>
     <t>Trako-Milkyčių, Lazdijų raj,</t>
   </si>
   <si>
     <t>Medeina OK</t>
   </si>
   <si>
     <t>https://www.springcup.lt/</t>
   </si>
   <si>
     <t>2026-04-18</t>
   </si>
   <si>
     <t>Lietuvos OS bėgte čempionatas</t>
   </si>
   <si>
     <t>bendras startas</t>
   </si>
   <si>
     <t>M/V 16 - 90</t>
   </si>
   <si>
     <t>Papoškė</t>
@@ -260,176 +269,185 @@
   <si>
     <t>vidutinė</t>
   </si>
   <si>
     <t>V/M 10-80</t>
   </si>
   <si>
     <t>Forest Stadiums</t>
   </si>
   <si>
     <t>MTBO Horizontas</t>
   </si>
   <si>
     <t>OSKD</t>
   </si>
   <si>
     <t>V/M 10 - 75</t>
   </si>
   <si>
     <t>Klaipėdos raj.</t>
   </si>
   <si>
     <t>Horizontas SK</t>
   </si>
   <si>
+    <t>https://skhorizontas.lt/orientavimosi-varzybos/</t>
+  </si>
+  <si>
     <t>2026-04-25</t>
   </si>
   <si>
     <t>2026-04-26</t>
   </si>
   <si>
     <t>Lietuvos OSKD čemp. sprintas ir vidutinė</t>
   </si>
   <si>
     <t>sprintas / vidutinė</t>
   </si>
   <si>
     <t>Telšiai</t>
   </si>
   <si>
     <t>Telšiai OSK</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas/</t>
   </si>
   <si>
     <t>2026-05-02</t>
   </si>
   <si>
     <t>2026-05-03</t>
   </si>
   <si>
     <t>Šilo taurė</t>
   </si>
   <si>
     <t>ilga / vidutinė</t>
   </si>
   <si>
     <t>V/M 12 - 90</t>
   </si>
   <si>
     <t>Prienų raj.</t>
   </si>
   <si>
     <t>Šilas OSK</t>
   </si>
   <si>
+    <t>https://tengris.lt/wp-content/uploads/2026/03/Prienu-Silo-Taure2026.pdf</t>
+  </si>
+  <si>
     <t>2026-05-06</t>
   </si>
   <si>
     <t>LOSF krosas</t>
   </si>
   <si>
     <t>Krosas</t>
   </si>
   <si>
     <t>M/V 14 - 20</t>
   </si>
   <si>
     <t>https://drive.google.com/file/d/1gAFswtWYUez8X3l32dS_PREa83O4cmM1/view</t>
   </si>
   <si>
     <t>2026-05-08</t>
   </si>
   <si>
     <t>2026-05-10</t>
   </si>
   <si>
     <t>Vilnius 2026</t>
   </si>
   <si>
     <t>sprintas / vidutinė / persekiojimas</t>
   </si>
   <si>
     <t>V/M 8 - 90</t>
   </si>
   <si>
     <t>Perkūnas OSK</t>
   </si>
   <si>
     <t>https://www.perkunas.lt/</t>
   </si>
   <si>
     <t>2026-05-16</t>
   </si>
   <si>
     <t>2026-05-23</t>
   </si>
   <si>
     <t>Pasaulinė orientavimosi sporto savaitė</t>
   </si>
   <si>
-    <t>excel.disciplines.Bėgte, OSKD, OSS, Takais, Rogaining</t>
+    <t>Bėgte, OSKD, OSS, Takais, Rogaining</t>
   </si>
   <si>
     <t>Visos</t>
   </si>
   <si>
     <t>Lietuva</t>
   </si>
   <si>
     <t>2026-05-17</t>
   </si>
   <si>
     <t>J.Vileišio taurė</t>
   </si>
   <si>
     <t>Bombardynė</t>
   </si>
   <si>
     <t>Oriens OSK</t>
   </si>
   <si>
     <t>2026-05-21</t>
   </si>
   <si>
     <t>Lietuvos mokyklų žaidynės</t>
   </si>
   <si>
     <t>Moksleiviai</t>
   </si>
   <si>
     <t>Panevėžys</t>
   </si>
   <si>
     <t>Feniks OSK, LINEŠA</t>
   </si>
   <si>
     <t>OS festivalis</t>
   </si>
   <si>
+    <t>http://osfestivalis.lt</t>
+  </si>
+  <si>
     <t>2026-05-24</t>
   </si>
   <si>
     <t>Saulės estafetės</t>
   </si>
   <si>
     <t>VM -14-70</t>
   </si>
   <si>
     <t>Vilniaus raj.</t>
   </si>
   <si>
     <t>Saulė OSK</t>
   </si>
   <si>
     <t>2026-05-30</t>
   </si>
   <si>
     <t>2026-05-31</t>
   </si>
   <si>
     <t>Palangos čempionatas / Lietuvos vaikų, jaunučių, jaunių komandinis čemp.</t>
   </si>
   <si>
     <t>vidutinė / sprintas</t>
@@ -509,74 +527,83 @@
   <si>
     <t>sprintas / bendras startas / vidutinė</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-oskd-cempionatas-2/</t>
   </si>
   <si>
     <t>2026-07-25</t>
   </si>
   <si>
     <t>2026-07-26</t>
   </si>
   <si>
     <t>Jūros šventė 2026</t>
   </si>
   <si>
     <t>Bėgte, OSKD</t>
   </si>
   <si>
     <t>V/M 8 - V/M 80</t>
   </si>
   <si>
     <t>Jaunystė OSK</t>
   </si>
   <si>
+    <t>https://www.okjaunyste.lt/sea-festival-2026/</t>
+  </si>
+  <si>
     <t>2026-08-14</t>
   </si>
   <si>
     <t>2026-08-16</t>
   </si>
   <si>
     <t>Telse 2026</t>
   </si>
   <si>
     <t>sprintas / vidutinė / vidutinė</t>
   </si>
   <si>
     <t>Telšių raj.</t>
   </si>
   <si>
+    <t>http://www.telsiuklubas.lt</t>
+  </si>
+  <si>
     <t>2026-08-17</t>
   </si>
   <si>
     <t>2026-08-19</t>
   </si>
   <si>
     <t>LOSF vasaros stovykla</t>
   </si>
   <si>
+    <t>https://orienteering.lt/varzybos-ir-trasos/losf-vasaros-stovykla/</t>
+  </si>
+  <si>
     <t>2026-08-23</t>
   </si>
   <si>
     <t>Klajūno taurė</t>
   </si>
   <si>
     <t>Molėtų raj.</t>
   </si>
   <si>
     <t>Klajūnas OSK</t>
   </si>
   <si>
     <t>2026-08-29</t>
   </si>
   <si>
     <t>2026-08-30</t>
   </si>
   <si>
     <t>EOC selection race</t>
   </si>
   <si>
     <t>vidutinė / ilga</t>
   </si>
   <si>
     <t>2026-09-05</t>
@@ -680,75 +707,87 @@
   <si>
     <t>Rudamina OSK</t>
   </si>
   <si>
     <t>2026-10-11</t>
   </si>
   <si>
     <t>Panevėžio čempionatas</t>
   </si>
   <si>
     <t>Šimonių giria</t>
   </si>
   <si>
     <t>Feniks OSK</t>
   </si>
   <si>
     <t>2026-10-17</t>
   </si>
   <si>
     <t>2026-10-18</t>
   </si>
   <si>
     <t>Lietuvos Taurė</t>
   </si>
   <si>
-    <t>excel.disciplines.Bėgte,  OSKD</t>
-[...1 lines deleted...]
-  <si>
     <t>vidutinė/vidutinė</t>
   </si>
   <si>
     <t>Noškūnai</t>
   </si>
   <si>
     <t>https://orienteering.lt/2026-m-lietuvos-cempionatai/2026-m-lietuvos-taure/</t>
   </si>
   <si>
     <t>2026-10-24</t>
   </si>
   <si>
     <t>Atrask Krekenavą Rogaining</t>
   </si>
   <si>
     <t>Rogaining</t>
   </si>
   <si>
     <t>rogaining</t>
   </si>
   <si>
     <t>Lekėčiai</t>
+  </si>
+  <si>
+    <t>2026-11-07</t>
+  </si>
+  <si>
+    <t>Ąžuolo sprintų taurė</t>
+  </si>
+  <si>
+    <t>Sprintas</t>
+  </si>
+  <si>
+    <t>OK Ąžuolas</t>
+  </si>
+  <si>
+    <t>https://www.okazuolas.lt/</t>
   </si>
   <si>
     <t>2026-11-14</t>
   </si>
   <si>
     <t>Vilnius Rogaining</t>
   </si>
   <si>
     <t>http://rogaining.lt</t>
   </si>
   <si>
     <t>2026-11-21</t>
   </si>
   <si>
     <t>Vilniaus m. čempionatas</t>
   </si>
   <si>
     <t>Sostinės sporto centras</t>
   </si>
   <si>
     <t>2026-11-28</t>
   </si>
   <si>
     <t>2026-12-12</t>
   </si>
@@ -1278,54 +1317,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I80"/>
+  <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A80" sqref="A80"/>
+      <selection activeCell="A81" sqref="A81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="75" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" customWidth="true" style="0"/>
     <col min="5" max="5" width="25" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" customWidth="true" style="0"/>
     <col min="8" max="8" width="28" customWidth="true" style="0"/>
     <col min="9" max="9" width="85" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
@@ -1526,1488 +1565,1541 @@
         <v>35</v>
       </c>
       <c r="I10" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
+      <c r="I11" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G12" t="s">
         <v>20</v>
       </c>
       <c r="H12" t="s">
-        <v>43</v>
+        <v>44</v>
+      </c>
+      <c r="I12" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B13" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="G13" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H13" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C14" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G14" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H14" t="s">
         <v>35</v>
       </c>
       <c r="I14" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C15" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="H15" t="s">
         <v>35</v>
       </c>
+      <c r="I15" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B16" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C16" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="E16" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G16" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="H16" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I16" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C17" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F17" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="G17" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H17" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="I17" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F18" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G18" t="s">
         <v>26</v>
       </c>
       <c r="H18" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
         <v>77</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>84</v>
+      </c>
+      <c r="I19" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E20" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G20" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H20" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="I20" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F21" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="G21" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="H21" t="s">
-        <v>95</v>
+        <v>99</v>
+      </c>
+      <c r="I21" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="F22" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>27</v>
       </c>
       <c r="I22" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B23" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C23" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F23" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="G23" t="s">
         <v>26</v>
       </c>
       <c r="H23" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="I23" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B24" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C24" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="D24" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F24" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="G24" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H24" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B25" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C25" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H25" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C26" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>13</v>
       </c>
       <c r="F26" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="G26" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H26" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>26</v>
       </c>
       <c r="H27" t="s">
         <v>27</v>
       </c>
+      <c r="I27" t="s">
+        <v>129</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C28" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F28" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="G28" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="H28" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B29" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C29" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F29" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G29" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H29" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B30" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C30" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="F30" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="G30" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="H30" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="I30" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B31" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C31" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F31" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="G31" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="H31" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="I31" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="B32" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C32" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="G32" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H32" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="B33" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C33" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="D33" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E33" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="I33" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B34" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C34" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D34" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E34" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F34" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="G34" t="s">
         <v>20</v>
       </c>
       <c r="H34" t="s">
-        <v>164</v>
+        <v>170</v>
+      </c>
+      <c r="I34" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B35" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C35" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="G35" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="H35" t="s">
-        <v>87</v>
+        <v>91</v>
+      </c>
+      <c r="I35" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="B36" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="C36" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="H36" t="s">
         <v>27</v>
       </c>
+      <c r="I36" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="C37" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F37" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G37" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="H37" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="B38" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C38" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="H38" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>181</v>
+        <v>190</v>
       </c>
       <c r="B39" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="C39" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="G39" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="H39" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="I39" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="B40" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="C40" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="G40" t="s">
         <v>26</v>
       </c>
       <c r="H40" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="I40" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="B41" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="C41" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="D41" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="E41" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="I41" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B42" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C42" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="G42" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="H42" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="I42" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="B43" t="s">
+        <v>214</v>
+      </c>
+      <c r="C43" t="s">
+        <v>215</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
         <v>205</v>
       </c>
-      <c r="C43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G43" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="H43" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="I43" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="C44" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G44" t="s">
         <v>20</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="C45" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="G45" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="H45" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="C46" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F46" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G46" t="s">
-        <v>217</v>
+        <v>226</v>
       </c>
       <c r="H46" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B47" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="C47" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="D47" t="s">
-        <v>222</v>
+        <v>168</v>
       </c>
       <c r="E47" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="G47" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="H47" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="I47" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="C48" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="D48" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="E48" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="G48" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="H48" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="C49" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="D49" t="s">
-        <v>228</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>228</v>
+        <v>241</v>
+      </c>
+      <c r="F49" t="s">
+        <v>6</v>
       </c>
       <c r="G49" t="s">
         <v>26</v>
       </c>
       <c r="H49" t="s">
-        <v>35</v>
+        <v>242</v>
       </c>
       <c r="I49" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="C50" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="D50" t="s">
-        <v>12</v>
+        <v>236</v>
       </c>
       <c r="E50" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>236</v>
       </c>
       <c r="G50" t="s">
         <v>26</v>
       </c>
       <c r="H50" t="s">
-        <v>236</v>
+        <v>35</v>
+      </c>
+      <c r="I50" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="C51" t="s">
-        <v>11</v>
+        <v>248</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
         <v>13</v>
       </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
       <c r="G51" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H51" t="s">
-        <v>15</v>
+        <v>249</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="54" spans="1:9">
-[...1 lines deleted...]
-        <v>239</v>
+    <row r="53" spans="1:9">
+      <c r="A53" t="s">
+        <v>251</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9">
-      <c r="A55" t="s">
-[...15 lines deleted...]
-        <v>243</v>
+      <c r="A55" s="1" t="s">
+        <v>252</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="B56" t="s">
-        <v>245</v>
+        <v>17</v>
       </c>
       <c r="C56" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="G56" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="H56" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B57" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="C57" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="G57" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="H57" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="B58" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="C58" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="G58" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="H58" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="B59" t="s">
-        <v>83</v>
+        <v>263</v>
       </c>
       <c r="C59" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="D59" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="G59" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="H59" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
+        <v>266</v>
+      </c>
+      <c r="B60" t="s">
+        <v>87</v>
+      </c>
+      <c r="C60" t="s">
+        <v>267</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>268</v>
+      </c>
+      <c r="H60" t="s">
         <v>256</v>
-      </c>
-[...13 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="B61" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="C61" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="D61" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="G61" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="H61" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="B62" t="s">
-        <v>264</v>
+        <v>119</v>
       </c>
       <c r="C62" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="D62" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="H62" t="s">
-        <v>243</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="B63" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="C63" t="s">
-        <v>267</v>
+        <v>278</v>
       </c>
       <c r="D63" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G63" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="H63" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="B64" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="C64" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="D64" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G64" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="H64" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="B65" t="s">
-        <v>130</v>
+        <v>277</v>
       </c>
       <c r="C65" t="s">
-        <v>254</v>
+        <v>281</v>
       </c>
       <c r="D65" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="G65" t="s">
-        <v>247</v>
+        <v>279</v>
       </c>
       <c r="H65" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="B66" t="s">
-        <v>271</v>
+        <v>136</v>
       </c>
       <c r="C66" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="H66" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>155</v>
+        <v>283</v>
       </c>
       <c r="B67" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="C67" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>247</v>
+        <v>286</v>
       </c>
       <c r="H67" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>276</v>
+        <v>161</v>
       </c>
       <c r="B68" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="C68" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="H68" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="B69" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="C69" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>266</v>
+        <v>292</v>
       </c>
       <c r="H69" t="s">
-        <v>283</v>
+        <v>256</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="B70" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C70" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="D70" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="H70" t="s">
-        <v>243</v>
+        <v>296</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="B71" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="C71" t="s">
-        <v>254</v>
+        <v>299</v>
       </c>
       <c r="D71" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="G71" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="H71" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="B72" t="s">
-        <v>165</v>
+        <v>302</v>
       </c>
       <c r="C72" t="s">
-        <v>292</v>
+        <v>267</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="H72" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="B73" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="C73" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="D73" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>247</v>
+        <v>300</v>
       </c>
       <c r="H73" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="B74" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="C74" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
       <c r="D74" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G74" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="H74" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="B75" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C75" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="D75" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G75" t="s">
-        <v>298</v>
+        <v>260</v>
       </c>
       <c r="H75" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="B76" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="C76" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="D76" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
       <c r="G76" t="s">
-        <v>113</v>
+        <v>311</v>
       </c>
       <c r="H76" t="s">
-        <v>243</v>
-[...9 lines deleted...]
-        <v>302</v>
+        <v>256</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" t="s">
+        <v>312</v>
+      </c>
+      <c r="B77" t="s">
+        <v>208</v>
+      </c>
+      <c r="C77" t="s">
+        <v>313</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>118</v>
+      </c>
+      <c r="H77" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="1" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" s="1" t="s">
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:I2"/>
-    <mergeCell ref="A54:I54"/>
-[...1 lines deleted...]
-    <mergeCell ref="A80:I80"/>
+    <mergeCell ref="A55:I55"/>
+    <mergeCell ref="A79:I79"/>
+    <mergeCell ref="A81:I81"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026</vt:lpstr>